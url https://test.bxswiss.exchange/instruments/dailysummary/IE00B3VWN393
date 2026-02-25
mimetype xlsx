--- v0 (2025-10-02)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R443585751b6c4d65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2de484c8bb8f481c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R035ee61e35834722"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7996469301f3414f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9ab99e4b9044e1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R035ee61e35834722" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R587ad7aa6e064fd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7996469301f3414f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII USD Treasury Bond 3-7yr UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VWN393</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,768</x:t>
-[...43 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>113,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,078</x:t>
-[...495 lines deleted...]
-          <x:t>113,226</x:t>
+          <x:t>114,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,566</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>