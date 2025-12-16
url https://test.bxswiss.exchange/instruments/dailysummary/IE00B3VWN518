--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2fa90dc16e14237" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2024b3b389c4b96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9e2583411824e82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e06dba5fda44bf9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R791b5c5e62c647b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9e2583411824e82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7420eb89b45a4902" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e06dba5fda44bf9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII USD Treasury Bond 7-10yr UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VWN518</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>122,382</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,812</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>