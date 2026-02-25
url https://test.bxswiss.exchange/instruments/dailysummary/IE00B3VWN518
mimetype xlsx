--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2024b3b389c4b96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb39f4a9bfb6546a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e06dba5fda44bf9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab38bb9790164d31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7420eb89b45a4902" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e06dba5fda44bf9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3398bbe4c9c74eaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab38bb9790164d31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII USD Treasury Bond 7-10yr UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VWN518</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...539 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,783</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>123,063</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,654</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>122,812</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,931</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>