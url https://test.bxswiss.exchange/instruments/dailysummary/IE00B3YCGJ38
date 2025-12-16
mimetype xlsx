--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05263dd49f6840ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c3585b3309c404f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44e9ae665f65419c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd18629642ed04172"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra66d9f3ef3ed4de0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44e9ae665f65419c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a3da659003e4454" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd18629642ed04172" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P 500 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3YCGJ38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.062,424</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.060,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.068,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.060,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.065,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.049,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.058,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.056,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.054,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.071,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.053,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.064,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.080,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.074,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.060,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.060,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.071,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.061,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.080,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.071,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.081,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.095,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.088,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.100,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.100,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.083,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.085,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.099,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.105,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.103,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.106,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.099,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.099,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.100,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.086,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.079,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,847</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>