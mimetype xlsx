--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03360d5ba1934885" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R981da8e578f9487a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29a425b8f8c04bbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bcd1ba496da4b32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dea2eb085dc4fb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29a425b8f8c04bbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R417fb52ba0b64ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bcd1ba496da4b32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS FdSo - MSCI Emerging Markets SF UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3Z3FS74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>54,558</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,476</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>