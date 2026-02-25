--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R981da8e578f9487a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74f26df248244311" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bcd1ba496da4b32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re250588f4b9b4aee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R417fb52ba0b64ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bcd1ba496da4b32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc340a1c93e4d460b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re250588f4b9b4aee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS FdSo - MSCI Emerging Markets SF UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3Z3FS74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...80 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>55,789</x:t>
-[...495 lines deleted...]
-          <x:t>55,476</x:t>
+          <x:t>55,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,809</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>