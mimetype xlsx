--- v0 (2025-10-01)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96f34e944e494702" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recc03b4f881a4c7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb37c284338b143f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1237240589f64ddb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91da45de3d924d90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb37c284338b143f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf8735da1f7d4870" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1237240589f64ddb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 EUR Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3ZW0K18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>129,227</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>