--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R034b723404b84eda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R941554de28b2401e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2da513dab2314749"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5f648761f3d4b5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6050a5d2fad47b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2da513dab2314749" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ed68c10a57e4278" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5f648761f3d4b5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI Japan EUR Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B42Z5J44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>99,237</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,038</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>