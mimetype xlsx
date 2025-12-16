--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe104e3e1cf54461" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6f74134a5494889" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a3e04de4ef14600"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4342fa6721bf4d00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re406aae4fcae4931" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a3e04de4ef14600" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R714c999a1cee46bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4342fa6721bf4d00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 Health Care Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B43HR379</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>9,059</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,883</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>