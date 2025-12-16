--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf85b0048e7214c96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16fa29914dd0480d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91fa9ecbd88244fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdadfcbc8a30a47b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ffe9f4410ee4ef2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91fa9ecbd88244fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88972dae9a4d4759" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdadfcbc8a30a47b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II US Aggregate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B44CGS96</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>76,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>76,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,133</x:t>
-[...490 lines deleted...]
-          <x:t>76,502</x:t>
+          <x:t>76,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>