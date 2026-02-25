--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16fa29914dd0480d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c617b5606744dfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdadfcbc8a30a47b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R871623da7a1743bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88972dae9a4d4759" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdadfcbc8a30a47b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e3b8b54416942e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R871623da7a1743bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II US Aggregate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B44CGS96</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>76,007</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,140</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>75,220</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,074</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>