--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24b7142958344e03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bbb9211781a455f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59493cabafc242c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb418e7fb95234224"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4287d90d6fb434b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59493cabafc242c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0794d2158f1c4cfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb418e7fb95234224" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI ACWI UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B44Z5B48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>223,552</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,794</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>