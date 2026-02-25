--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bbb9211781a455f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R000f0f4420f74b30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb418e7fb95234224"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raef2080473604bce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0794d2158f1c4cfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb418e7fb95234224" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R988678815a9a453d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raef2080473604bce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI ACWI UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B44Z5B48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,551</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>