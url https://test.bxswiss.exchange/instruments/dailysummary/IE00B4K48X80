--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35fa801fdebd41b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb3997419fc94b7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R624b68867651446e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b28643d6e714fd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5914051946af4109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R624b68867651446e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re996c7a075e54ecd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b28643d6e714fd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI Europe UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4K48X80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>83,798</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,554</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>