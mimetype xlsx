--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb3997419fc94b7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb20674cfd48d4077" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b28643d6e714fd4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bf059fdd67247d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re996c7a075e54ecd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b28643d6e714fd4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0adcc351dcee4714" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bf059fdd67247d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI Europe UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4K48X80</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,371</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>