--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1857648be8304e05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c1851e5f73840a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73d7f529d11b4a92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re150fd4ad912469e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcefdd96b82514853" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73d7f529d11b4a92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21f157c059f24569" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re150fd4ad912469e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HSBC Euro Stoxx 50 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4K6B022</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>54,906</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,676</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>