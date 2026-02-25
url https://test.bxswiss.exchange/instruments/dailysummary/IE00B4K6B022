--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c1851e5f73840a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86c0af5be1284182" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re150fd4ad912469e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f385938a7af4ac6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21f157c059f24569" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re150fd4ad912469e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcd89f33f9a74211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f385938a7af4ac6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HSBC Euro Stoxx 50 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4K6B022</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...468 lines deleted...]
-          <x:t>56,838</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,359</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>56,676</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,018</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>