--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8c9f5c7c2c64fc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a5d0aa023e24feb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8b3f4a5f946443d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe448e78d9f041e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R173b67220cc64973" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8b3f4a5f946443d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd51d8fa7e6554d18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe448e78d9f041e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 Utilities Sector UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4KBBD01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...500 lines deleted...]
-          <x:t>10,434</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,487</x:t>
-        </x:is>
-[...106 lines deleted...]
-          <x:t>10,761</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>