--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a5d0aa023e24feb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e53fa02261b40a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe448e78d9f041e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f725aa4fb974a35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd51d8fa7e6554d18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe448e78d9f041e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1070e429588a4769" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f725aa4fb974a35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 Utilities Sector UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4KBBD01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...463 lines deleted...]
-          <x:t>10,440</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,379</x:t>
-[...16 lines deleted...]
-          <x:t>10,439</x:t>
+          <x:t>10,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,356</x:t>
-[...85 lines deleted...]
-          <x:t>10,487</x:t>
+          <x:t>10,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,567</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>