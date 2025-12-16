--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34e29394687540b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08f2963c2a5e4a01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e12dce5b96f44a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra85a1172f6f14a52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R087674bdf0e94f6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e12dce5b96f44a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fe199e434f949c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra85a1172f6f14a52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI World UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4L5Y983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,391</x:t>
-[...495 lines deleted...]
-          <x:t>101,167</x:t>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,544</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>