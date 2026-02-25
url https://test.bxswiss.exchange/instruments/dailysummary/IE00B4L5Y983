--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08f2963c2a5e4a01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5714b7bdac234520" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra85a1172f6f14a52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R959a1da9999047df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fe199e434f949c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra85a1172f6f14a52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R108cd5beafc24dba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R959a1da9999047df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core MSCI World UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4L5Y983</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,996</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>