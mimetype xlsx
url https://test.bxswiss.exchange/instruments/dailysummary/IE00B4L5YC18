--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b8ad256cd5340c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdace01be96945f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81465837146744d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57051ad4a2834b4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74c7ee8de50a4748" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81465837146744d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f4b846ebf40492a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57051ad4a2834b4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI EM UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4L5YC18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...463 lines deleted...]
-          <x:t>39,837</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>39,743</x:t>
-[...139 lines deleted...]
-          <x:t>40,295</x:t>
+          <x:t>40,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>