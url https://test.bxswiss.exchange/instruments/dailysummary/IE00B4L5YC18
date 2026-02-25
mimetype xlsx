--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdace01be96945f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71c760be68e740cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57051ad4a2834b4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95e44e315ed14347"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f4b846ebf40492a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57051ad4a2834b4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fc8248a78d54554" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95e44e315ed14347" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI EM UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4L5YC18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>41,197</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,128</x:t>
-[...249 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>40,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,226</x:t>
-[...36 lines deleted...]
-          <x:t>40,831</x:t>
+          <x:t>41,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>