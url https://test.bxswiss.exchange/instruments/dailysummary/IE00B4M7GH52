--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra31362171dc3479f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c1ff242ec844f56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e64bbf55f154ba0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00e8c48cbc3949e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R129eb3803ae346c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e64bbf55f154ba0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R913d195bbfcd4585" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00e8c48cbc3949e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI Poland UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4M7GH52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,439</x:t>
-[...306 lines deleted...]
-          <x:t>29,201</x:t>
+          <x:t>29,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,604</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>