--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c1ff242ec844f56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73baba2d2a994961" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00e8c48cbc3949e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fcf78d7790b4ea5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R913d195bbfcd4585" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00e8c48cbc3949e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R298cecc4ee5640a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fcf78d7790b4ea5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI Poland UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4M7GH52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>