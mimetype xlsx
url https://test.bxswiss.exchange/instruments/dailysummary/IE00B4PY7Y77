--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R253405eceb2b4db0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd887ff9a7ef8439e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ead55d59bbc4f30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra45216061bd4421f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bd2a6c80dd54e9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ead55d59bbc4f30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e8e6c97a0644171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra45216061bd4421f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II $ High Yield Corp Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4PY7Y77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>78,072</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,071</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>