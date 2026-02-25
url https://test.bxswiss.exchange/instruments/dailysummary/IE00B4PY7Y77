--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd887ff9a7ef8439e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61a39352d90c4ce8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra45216061bd4421f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R972f8da38a394a98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e8e6c97a0644171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra45216061bd4421f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ef8bd97c001482d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R972f8da38a394a98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II $ High Yield Corp Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4PY7Y77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>76,966</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,066</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...330 lines deleted...]
-          <x:t>76,071</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,113</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>