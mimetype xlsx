--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ab99798aa6a4ce6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6236d13ff96346f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd30031735ce485a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a493ea10b954b40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fdcb93358294d6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd30031735ce485a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31e4ca0a69874d89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a493ea10b954b40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Longer Dated All Commodities UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4WPHX27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>19,962</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,684</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>