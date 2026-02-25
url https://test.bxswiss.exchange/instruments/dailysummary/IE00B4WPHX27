--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6236d13ff96346f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a06ab50eb7e486a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a493ea10b954b40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9713e4437ea4d29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31e4ca0a69874d89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a493ea10b954b40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf17b7c56b6b64fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9713e4437ea4d29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Longer Dated All Commodities UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4WPHX27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>20,555</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,542</x:t>
+          <x:t>20,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,638</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...396 lines deleted...]
-          <x:t>21,190</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,227</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>20,684</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>