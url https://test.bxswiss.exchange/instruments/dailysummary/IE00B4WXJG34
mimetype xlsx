--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re09eac8fbac343f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R690a17b1ed724e8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f5fe96bdcbd4e16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re675cc2191154779"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fd91720ec03407d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f5fe96bdcbd4e16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc26899deb195477d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re675cc2191154779" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III € Govt Bond 5-7yr UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4WXJG34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>134,972</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,613</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>135,873</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,914</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>