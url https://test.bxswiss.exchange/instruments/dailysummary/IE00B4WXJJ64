--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra13b87e7ae4a49cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re413137fc9d94f0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4921ada44141488c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f3f3c7b9c07450e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R467624bad82c4cb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4921ada44141488c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91fd22686f6f47a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f3f3c7b9c07450e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core Euro Government Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4WXJJ64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>102,710</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,651</x:t>
-[...53 lines deleted...]
-          <x:t>102,207</x:t>
+          <x:t>103,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,798</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>103,278</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>