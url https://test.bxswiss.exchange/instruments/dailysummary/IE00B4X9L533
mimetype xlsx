--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89946e87ba51408f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2886d9a71d24727" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0160423a35c14282"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R667463d9a77e42a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5501efbf3d849b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0160423a35c14282" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a31e804e12e47d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R667463d9a77e42a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HSBC - MSCI WORLD UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4X9L533</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>34,336</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,342</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>