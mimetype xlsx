--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2886d9a71d24727" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9cb3fb3c9804faa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R667463d9a77e42a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51de8f37c1834f93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a31e804e12e47d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R667463d9a77e42a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0e79889f43e4f1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51de8f37c1834f93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HSBC - MSCI WORLD UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B4X9L533</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>35,386</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,456</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>35,342</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>