--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ea71b3ccbe748a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8ae1efd2bcb4494" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bfc7e28bdb64bbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00da317760744df1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b3a10f8d9e24b25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bfc7e28bdb64bbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R568b0e3b0ab4412f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00da317760744df1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Nikkei 225 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B52MJD48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>246,926</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,336</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>