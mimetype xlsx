--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5065af0db1f4189" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc38faf7688f44fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc723397deb64f84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebe2eeba952d41a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fa4c36979f94df8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc723397deb64f84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R674f184c62834df2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebe2eeba952d41a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VIICore MSCI Pacific ex Japan UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B52MJY50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>175,267</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,151</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>