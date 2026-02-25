--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc38faf7688f44fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2bca85f8e324bc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebe2eeba952d41a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1809d4974e244d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R674f184c62834df2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebe2eeba952d41a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R555596ba13db4d0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1809d4974e244d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VIICore MSCI Pacific ex Japan UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B52MJY50</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>