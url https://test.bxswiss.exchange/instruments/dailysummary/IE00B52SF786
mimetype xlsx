--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc495a29673f64b59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4fdce55ae674d4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04fa932897d94441"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rada3eed33f1e4108"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6b96ea12b3a449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04fa932897d94441" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d090589be8e48fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rada3eed33f1e4108" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI Canada UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B52SF786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>207,419</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,713</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>