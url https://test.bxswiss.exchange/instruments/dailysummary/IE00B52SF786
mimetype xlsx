--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4fdce55ae674d4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26467145b7254cd0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rada3eed33f1e4108"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc29da8da522a40b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d090589be8e48fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rada3eed33f1e4108" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59f2a32884724670" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc29da8da522a40b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI Canada UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B52SF786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,267</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>