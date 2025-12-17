--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref2e8e6d5eff4c5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ab263fa562c4dd0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd21bbea52d0542cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fe2f7cafc8149ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a86ad32296745b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd21bbea52d0542cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae734d5e79384e57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fe2f7cafc8149ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI USA UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B52SFT06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>551,143</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,928</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>