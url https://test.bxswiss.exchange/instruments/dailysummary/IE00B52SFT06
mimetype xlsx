--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ab263fa562c4dd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1af51b4ea914868" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fe2f7cafc8149ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45914eeef927467f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae734d5e79384e57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fe2f7cafc8149ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ab2d1e191914ec9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45914eeef927467f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI USA UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B52SFT06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>562,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>564,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>557,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>561,538</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>560,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>560,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>555,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>555,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>