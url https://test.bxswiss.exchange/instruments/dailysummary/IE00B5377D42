--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45a6ec70228a4598" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc7441227d164542" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36390b3806c34b76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cbe167b3fcf42cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R474e20a103224e2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36390b3806c34b76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb831ba2353824380" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cbe167b3fcf42cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI Australia UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5377D42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...414 lines deleted...]
-          <x:t>45,019</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>44,873</x:t>
-[...6 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>45,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,973</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...173 lines deleted...]
-          <x:t>45,554</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,433</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>