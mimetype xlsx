--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc7441227d164542" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R041d87658eb141df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cbe167b3fcf42cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bb291c7af98456e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb831ba2353824380" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cbe167b3fcf42cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54b64a0393a04909" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bb291c7af98456e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI Australia UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5377D42</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>44,085</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>44,025</x:t>
-[...215 lines deleted...]
-          <x:t>44,433</x:t>
+          <x:t>43,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>