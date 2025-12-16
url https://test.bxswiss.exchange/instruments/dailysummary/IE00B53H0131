--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b75c75ecdd74597" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc93ab7bef854749" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4d211d6f8174afe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4968a8aefa35436f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04eaf7381e7e42af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4d211d6f8174afe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfda186ed7a4549b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4968a8aefa35436f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - CMCI Composite SF UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53H0131</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>87,844</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,735</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>88,652</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,502</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>