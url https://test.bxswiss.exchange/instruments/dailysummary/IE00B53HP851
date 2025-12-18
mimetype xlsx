--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c6ecef818e44e82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R984d8689423f4be1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61ecdb6e9dd44225"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R849faa623de1403b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d2d8a5c95004dc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61ecdb6e9dd44225" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4792fec462b4984" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R849faa623de1403b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core FTSE 100 UCITS ETF GBP Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53HP851</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>200,162</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>198,720</x:t>
-[...404 lines deleted...]
-          <x:t>202,851</x:t>
+          <x:t>202,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,298</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>