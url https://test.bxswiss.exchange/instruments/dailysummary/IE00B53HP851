--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R984d8689423f4be1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R539f790d975444b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R849faa623de1403b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R222b602ac64a4d13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4792fec462b4984" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R849faa623de1403b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdd9d98a17e04dac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R222b602ac64a4d13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core FTSE 100 UCITS ETF GBP Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53HP851</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,712</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>