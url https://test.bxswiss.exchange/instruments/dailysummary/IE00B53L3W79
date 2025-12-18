--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ad83e95ea2b4cf3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R616a5a0432b34242" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08e36781bab04fce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3112b6464d864817"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34149e21262e494e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08e36781bab04fce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R346affbc3b6f4157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3112b6464d864817" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core EURO STOXX 50 UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53L3W79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>199,204</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,667</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>