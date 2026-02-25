--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R616a5a0432b34242" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea4d46982f174a87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3112b6464d864817"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae3760eecc134e95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R346affbc3b6f4157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3112b6464d864817" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2807d241b61d4231" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae3760eecc134e95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core EURO STOXX 50 UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53L3W79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>205,560</x:t>
+          <x:t>211,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>204,804</x:t>
-[...33 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>210,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>206,153</x:t>
+          <x:t>213,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>204,909</x:t>
-[...161 lines deleted...]
-          <x:t>202,667</x:t>
+          <x:t>213,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,911</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>