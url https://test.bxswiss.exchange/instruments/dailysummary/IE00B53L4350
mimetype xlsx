--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2e7534ee0f747d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82e7529465974968" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc50a276f84a45a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a9b2b7b95a04464"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49dc541ec86444e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc50a276f84a45a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R488bd1e433124dfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a9b2b7b95a04464" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Dow Jones Industrial Average UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53L4350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>448,379</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>