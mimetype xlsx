--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82e7529465974968" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R083236eda9b4446c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a9b2b7b95a04464"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e8dfa7d56494c5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R488bd1e433124dfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a9b2b7b95a04464" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23308edcb69c4c91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e8dfa7d56494c5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Dow Jones Industrial Average UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53L4350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>464,351</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>465,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>461,540</x:t>
-[...300 lines deleted...]
-        <x:is>
           <x:t>467,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,527</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>