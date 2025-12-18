--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fbc4a08db344857" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80174b0d6e764dbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6b78b95d887430b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9aad56b43294955"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c76df67b62749c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6b78b95d887430b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a7e407a5e264fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9aad56b43294955" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI Japan UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53QDK08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>189,504</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,996</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>