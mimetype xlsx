--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80174b0d6e764dbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44503163068a459d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9aad56b43294955"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39781459252a4be9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a7e407a5e264fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9aad56b43294955" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re10f257dfcaf465a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39781459252a4be9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI Japan UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53QDK08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,641</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>