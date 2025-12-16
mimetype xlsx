--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4401ef99a1a64961" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0611ce21ae2c47e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red685af9c0d54464"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f3ba360fe0a4313"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R745f4fe847434b48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red685af9c0d54464" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5eb9e74931f54cfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f3ba360fe0a4313" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core MSCI EMU UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53QG562</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...539 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>193,901</x:t>
-[...63 lines deleted...]
-          <x:t>196,560</x:t>
+          <x:t>191,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,746</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>