--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0611ce21ae2c47e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27e6d4881e7347df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f3ba360fe0a4313"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R779d0bcc12114205"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5eb9e74931f54cfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f3ba360fe0a4313" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34cfe257cc3f4df8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R779d0bcc12114205" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Core MSCI EMU UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53QG562</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,847</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>