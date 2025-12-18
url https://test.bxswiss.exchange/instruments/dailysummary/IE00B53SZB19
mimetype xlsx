--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad2e9c42dfb647bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07c7e797302f4a52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc472f8d29b8b47a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R989a5332d8894660"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R343d1fdf0e4e4a07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc472f8d29b8b47a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc933399da224d7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R989a5332d8894660" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Nasdaq 100 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B53SZB19</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.130,160</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.151,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.134,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.140,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.112,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.126,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.124,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.122,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.137,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.159,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.146,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.147,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.108,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.122,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.119,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.135,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.237,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.124,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.162,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.159,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.166,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.166,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.165,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.165,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.167,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.166,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.172,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.165,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.173,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.350,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.171,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.156,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.160,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.146,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.151,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.154,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.160,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.141,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.153,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.137,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.145,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.138,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.152,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.129,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.132,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>