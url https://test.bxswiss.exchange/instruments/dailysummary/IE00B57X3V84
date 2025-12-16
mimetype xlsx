--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ec462ba1c2f4af6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8225041519744cf3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12260de6dfc54eb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86f80ccf80d144fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,677 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b12a16ffc6a4342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12260de6dfc54eb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9314ecc9bfd4425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86f80ccf80d144fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>iShares II Dow Jones Global Sustainability Screened UCITS ETF USD Acc</x:t>
+          <x:t>iShares II Dow Jones Global Leaders Screened UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B57X3V84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>86,222</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,046</x:t>
-[...242 lines deleted...]
-          <x:t>86,380</x:t>
+          <x:t>85,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,754</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>