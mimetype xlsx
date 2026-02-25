--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8225041519744cf3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb24c846dc8c14f71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86f80ccf80d144fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8c1a6acd9514e5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9314ecc9bfd4425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86f80ccf80d144fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29af7fc026f04b90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8c1a6acd9514e5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Dow Jones Global Leaders Screened UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B57X3V84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,934</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>