--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6ff494473cb4336" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8777d28b437041e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77c4ce0126514a77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e2881b388f9400f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29d24239c4d544a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77c4ce0126514a77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf40c517b67c4f1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e2881b388f9400f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) - CMCI Composite SF UCITS ETF A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B58FQX63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>75,407</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,242</x:t>
-[...215 lines deleted...]
-          <x:t>75,091</x:t>
+          <x:t>76,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,005</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>30.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,342</x:t>
-[...36 lines deleted...]
-          <x:t>75,440</x:t>
+          <x:t>75,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>