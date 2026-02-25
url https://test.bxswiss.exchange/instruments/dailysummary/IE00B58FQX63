--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8777d28b437041e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b1abff4024c4d29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e2881b388f9400f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0edf9e37aa44302"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf40c517b67c4f1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e2881b388f9400f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R036e74b2a11b4781" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0edf9e37aa44302" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) - CMCI Composite SF UCITS ETF A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B58FQX63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>77,016</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,458</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>75,657</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>