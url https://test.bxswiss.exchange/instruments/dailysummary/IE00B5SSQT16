--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f87c707ae614317" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8b4cdad9e87415d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra41f29ad8b034480"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d325b0deb2343a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raad8b740b1ad4d93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra41f29ad8b034480" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71c35159037f46d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d325b0deb2343a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HSBC - MSCI Emerging Markets UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5SSQT16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>10,844</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>