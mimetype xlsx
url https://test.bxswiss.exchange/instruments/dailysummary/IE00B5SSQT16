--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8b4cdad9e87415d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81f5f60343984a98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d325b0deb2343a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76c0531a16cf4d73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71c35159037f46d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d325b0deb2343a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cc565bd17104c29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76c0531a16cf4d73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HSBC - MSCI Emerging Markets UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5SSQT16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,003</x:t>
-[...549 lines deleted...]
-          <x:t>10,900</x:t>
+          <x:t>11,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,779</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>