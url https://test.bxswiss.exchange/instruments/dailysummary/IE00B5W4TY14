--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra404af902cae461f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05cfc198ab004e17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5256c5d94aa47e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75b5254c180c4013"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0761c0891259463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5256c5d94aa47e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racb99a54e6804b8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75b5254c180c4013" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>iShares VII MSCI Korea UCITS ETF Acc</x:t>
+          <x:t>iShares VII MSCI Korea UCITS ETF (Acc)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5W4TY14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>174,631</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>