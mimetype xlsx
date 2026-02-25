--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05cfc198ab004e17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4dbefd08e36481e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75b5254c180c4013"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d3f5f29dc874a27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racb99a54e6804b8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75b5254c180c4013" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e631588c2704b03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d3f5f29dc874a27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI Korea UCITS ETF (Acc)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5W4TY14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,732</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>