--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02c4efe048034feb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fb27dd332064298" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6693eac42b954ee7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc624893672f9459c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72b1afc9d5d24b6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6693eac42b954ee7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61b0d6c138a34e8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc624893672f9459c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO ETFs-Euro Short Maturity UCITS ETF Dist.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5ZR2157</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>92,029</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,828</x:t>
-[...394 lines deleted...]
-          <x:t>91,699</x:t>
+          <x:t>92,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,527</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>91,690</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,703</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>