--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fb27dd332064298" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc40646e082ea4e4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc624893672f9459c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5f9082797d9433b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61b0d6c138a34e8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc624893672f9459c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a9e99471d9f4186" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5f9082797d9433b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PIMCO ETFs-Euro Short Maturity UCITS ETF Dist.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B5ZR2157</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...68 lines deleted...]
-          <x:t>90,399</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,818</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...207 lines deleted...]
-          <x:t>91,218</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,312</x:t>
-        </x:is>
-[...295 lines deleted...]
-          <x:t>91,703</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>