--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb731ac762a024a93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8265398abd49482e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43557468402a4528"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R473b1d3d818e422d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bc249a45cc64879" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43557468402a4528" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5ab44cdf9934197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R473b1d3d818e422d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco STOXX Europe 600 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B60SWW18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>132,353</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>