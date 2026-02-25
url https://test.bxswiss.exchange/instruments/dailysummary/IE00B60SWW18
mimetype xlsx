--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8265398abd49482e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fe20e9e52204b27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R473b1d3d818e422d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R783da1683f8e49c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5ab44cdf9934197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R473b1d3d818e422d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf893fd1c7cb4694" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R783da1683f8e49c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco STOXX Europe 600 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B60SWW18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,824</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>