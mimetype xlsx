--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R802ab624562d46b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8e11d46b3434675" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30d46575f5f64fd7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61fc070987284ff2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabb3a983b02a40a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30d46575f5f64fd7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4ba7e05d8054089" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61fc070987284ff2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI Europe UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B60SWY32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>358,145</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,592</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>