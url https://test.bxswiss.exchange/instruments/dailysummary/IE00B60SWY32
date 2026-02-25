--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8e11d46b3434675" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28ba22e7dfb041be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61fc070987284ff2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e6b675ca33d4aaf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4ba7e05d8054089" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61fc070987284ff2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebac9d521e054086" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e6b675ca33d4aaf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI Europe UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B60SWY32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>367,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>369,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>367,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>369,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,897</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>