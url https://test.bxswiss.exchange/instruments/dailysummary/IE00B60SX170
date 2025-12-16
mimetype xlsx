--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66fe72020ed944b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36f312b2161c4223" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe9db14f99ed496c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R557b789e4a7d4b76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04e9a16aab714f23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe9db14f99ed496c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R422a4fc089f64a17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R557b789e4a7d4b76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI USA UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B60SX170</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>156,250</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>