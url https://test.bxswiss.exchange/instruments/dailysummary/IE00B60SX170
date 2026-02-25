--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36f312b2161c4223" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd433d8051adb4228" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R557b789e4a7d4b76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R630450198be04441"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R422a4fc089f64a17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R557b789e4a7d4b76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13ebdaac3e324e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R630450198be04441" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI USA UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B60SX170</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>