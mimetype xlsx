--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15ea7136fb3241d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b1bd5cc06824897" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf06c6f30a99946d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf04ec0ad620e4543"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6d1720ddb0943f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf06c6f30a99946d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fa5f7a47b3f491c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf04ec0ad620e4543" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI World UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B60SX394</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>108,572</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,999</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>