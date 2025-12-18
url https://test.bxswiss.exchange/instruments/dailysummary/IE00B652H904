--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6abd9ce0e7d543cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra030f71623994186" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e462e5b78f9489a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f1ec82a1be1448f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54dc0b9ef1504648" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e462e5b78f9489a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f43a76aa407496e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f1ec82a1be1448f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V EM Dividend UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B652H904</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>13,252</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,649</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>