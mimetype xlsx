--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4dd0824bf034595" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf72ece6062d4a8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1be22ebcbf704a7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R009ec2d40c9e46a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56eea7b7f6744999" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1be22ebcbf704a7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a556775c7234a8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R009ec2d40c9e46a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares € High Yield Corp Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B66F4759</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,548</x:t>
-[...205 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>86,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,016</x:t>
-[...58 lines deleted...]
-          <x:t>86,266</x:t>
+          <x:t>86,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,499</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,637</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>86,438</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,834</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>