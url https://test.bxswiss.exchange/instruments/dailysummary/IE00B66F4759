--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf72ece6062d4a8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0699fb40a6144de8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R009ec2d40c9e46a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82b31fa626a34b08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a556775c7234a8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R009ec2d40c9e46a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb9bd89ffab34161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82b31fa626a34b08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares € High Yield Corp Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B66F4759</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...392 lines deleted...]
-          <x:t>86,631</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,773</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>87,096</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,588</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>86,834</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>