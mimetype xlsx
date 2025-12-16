--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22fdbd5e9cf249aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4ff68ba645e44a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61f0a5df86cd4066"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2f44829f80f4305"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf03c20fd956e4f69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61f0a5df86cd4066" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d9f9e7d318c4737" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2f44829f80f4305" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Emerging Asia Local Government Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6QGFW01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...473 lines deleted...]
-          <x:t>70,197</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,422</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>70,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>70,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,178</x:t>
-[...31 lines deleted...]
-          <x:t>70,344</x:t>
+          <x:t>70,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,602</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>