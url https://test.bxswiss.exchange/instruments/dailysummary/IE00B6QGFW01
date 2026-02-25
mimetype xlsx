--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4ff68ba645e44a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2cd5dd590a94529" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2f44829f80f4305"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recacd3bbd7f146a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d9f9e7d318c4737" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2f44829f80f4305" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd99b3c5c871a4734" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recacd3bbd7f146a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Emerging Asia Local Government Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6QGFW01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>69,524</x:t>
-[...21 lines deleted...]
-          <x:t>69,308</x:t>
+          <x:t>69,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>69,106</x:t>
-[...53 lines deleted...]
-          <x:t>69,666</x:t>
+          <x:t>70,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,490</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>69,602</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>