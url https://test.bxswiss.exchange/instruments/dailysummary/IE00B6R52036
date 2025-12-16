--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41824987c6804503" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e780f7cac0b41c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ff68182aa774ff8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf621bf5a5a594e1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb628e4cf65741f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ff68182aa774ff8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38a7aa02fcf2475c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf621bf5a5a594e1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V Gold Producers UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6R52036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...414 lines deleted...]
-          <x:t>27,006</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,799</x:t>
-[...188 lines deleted...]
-          <x:t>28,097</x:t>
+          <x:t>27,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,772</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>