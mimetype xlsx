--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e780f7cac0b41c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11d464ec2bdf4268" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf621bf5a5a594e1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac30c7f09f0c462c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38a7aa02fcf2475c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf621bf5a5a594e1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda3ed4c9adb04759" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac30c7f09f0c462c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V Gold Producers UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6R52036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>