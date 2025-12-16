--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07cc8b77da9841ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4ff31aa8c8d4c48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabfe603641974cc3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7739027eb5f40bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8183631696474d0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabfe603641974cc3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f744c1a11bb4cbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7739027eb5f40bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI ACWI UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6R52259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>82,521</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,226</x:t>
-[...382 lines deleted...]
-          <x:t>84,219</x:t>
+          <x:t>83,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,163</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>