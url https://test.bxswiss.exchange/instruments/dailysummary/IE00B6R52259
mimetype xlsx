--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4ff31aa8c8d4c48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda482bce6a1a4239" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7739027eb5f40bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d87b0a7881946fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f744c1a11bb4cbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7739027eb5f40bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ee826f191b24f69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d87b0a7881946fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI ACWI UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6R52259</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,384</x:t>
-[...328 lines deleted...]
-          <x:t>85,577</x:t>
+          <x:t>84,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,800</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>86,163</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,662</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>