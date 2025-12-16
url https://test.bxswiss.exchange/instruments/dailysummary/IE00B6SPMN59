--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9436638495544cd5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree338cc063cc4465" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f5676f790804322"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55d4cd05add24e57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd10ad90baf44705" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f5676f790804322" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96761f6e5df549e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55d4cd05add24e57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Edge VI S&amp;P 500 Minimum Volatility UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6SPMN59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>84,667</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>