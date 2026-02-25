--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree338cc063cc4465" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0846c3ee84746be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55d4cd05add24e57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce41a9d648fb4c4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96761f6e5df549e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55d4cd05add24e57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re56c7faf250246aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce41a9d648fb4c4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Edge VI S&amp;P 500 Minimum Volatility UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6SPMN59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...500 lines deleted...]
-          <x:t>85,967</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,321</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...73 lines deleted...]
-          <x:t>86,321</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,188</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>