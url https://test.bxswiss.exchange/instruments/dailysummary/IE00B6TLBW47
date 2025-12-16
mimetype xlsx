--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R608eb399208140e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R919a5c0df9084779" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R996593e1644a41a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d119ae033654e5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4f3d0da4e1b49d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R996593e1644a41a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9af2020ff67a4725" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d119ae033654e5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V J.P. Morgan USD EM Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6TLBW47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,474</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>73,654</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,896</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>