--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R919a5c0df9084779" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93e335c7743f4a45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d119ae033654e5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd04839ddd5c54fc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9af2020ff67a4725" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d119ae033654e5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra31bd35c2c1644a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd04839ddd5c54fc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V J.P. Morgan USD EM Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6TLBW47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>