--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re686b2cc9b8443d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re700c1aff2e34416" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1940692ba6744566"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b143e50379d49d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ac0f099f65d47a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1940692ba6744566" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e41ff5132f44422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b143e50379d49d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V EUR Corporate Bond Interest Rate Hedged ESG UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6X2VY59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>92,870</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,372</x:t>
-[...490 lines deleted...]
-          <x:t>93,051</x:t>
+          <x:t>93,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,287</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>