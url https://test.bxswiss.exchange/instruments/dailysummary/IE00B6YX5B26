--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4d1c30673f74d49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f490373135d4c65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4f804ce09914d9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7057ed7cb5084c7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f054f0d281847d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4f804ce09914d9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8fded3a63fb4ca0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7057ed7cb5084c7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P Emerging Markets Dividend Aristocrats UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6YX5B26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>13,048</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,145</x:t>
-        </x:is>
-[...430 lines deleted...]
-          <x:t>13,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>