--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f490373135d4c65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e0c8a04d60c470e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7057ed7cb5084c7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d758395112d44ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8fded3a63fb4ca0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7057ed7cb5084c7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2e5b4b6841a4ad8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d758395112d44ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P Emerging Markets Dividend Aristocrats UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B6YX5B26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>13,619</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,347</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>13,528</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,439</x:t>
-[...156 lines deleted...]
-          <x:t>13,394</x:t>
+          <x:t>13,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,397</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>13,145</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>